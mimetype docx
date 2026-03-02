--- v0 (2026-01-10)
+++ v1 (2026-03-02)
@@ -141,51 +141,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">13 ноября вПервом Рузском казачьем корпусе им. Героя Советского Союза Л.М.Доватора состоялось торжественное мероприятие по случаю принятияторжественной присяги кадетами.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В уютном зале, самые маленькие воспитанники корпуса дали одну изпервых клятв в своей жизни. Мероприятие прошло под аккомпанементоркестра Рузского центра обеспечения пунктов управления МЧС Россиипод руководством дирижёра Горшкова Григория Юрьевича.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">От лица начальника и коллектива центра юных войнов поздравилначальник отдела воспитательной работы майор Красавкин М.Ю.,пожелав им свято чтить данную ими клятву.</w:t>
+              <w:t xml:space="preserve">От лица начальника и коллектива центра юных воинов поздравилначальник отдела воспитательной работы майор Красавкин М.Ю.,пожелав им свято чтить данную ими клятву.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>