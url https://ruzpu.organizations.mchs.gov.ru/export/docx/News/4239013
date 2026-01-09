--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -156,51 +156,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В ходе торжественного построения до личного состава была доведенакраткая справка об истории появления Российского триколора изначении его цветов. По завершению торжественного построения дляличного состава военнослужащих по призыву был организован показдокументального фильма «Государственные символы России».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>